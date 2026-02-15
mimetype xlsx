--- v0 (2025-11-21)
+++ v1 (2026-02-15)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\23. KEL - Clarifications\CESOP Releases\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Gordan\CIRCA razvoj\13 CESOP\3 docs\1 RfC\02 releases\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F52A2D5-D7E1-458D-B5A4-546DC5FFEFF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{96CB8EF9-E463-493E-8711-5CF55074E00B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25380" yWindow="645" windowWidth="21600" windowHeight="14460" xr2:uid="{7D621634-0D69-4041-8BAF-EE7D825034DB}"/>
+    <workbookView xWindow="2340" yWindow="2340" windowWidth="22545" windowHeight="12645" activeTab="1" xr2:uid="{7D621634-0D69-4041-8BAF-EE7D825034DB}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="2" r:id="rId1"/>
     <sheet name="Releases, versions &amp; dates" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="122">
   <si>
     <t>XML schema version</t>
   </si>
   <si>
     <t>XSD User Guide version</t>
   </si>
   <si>
     <t>1.6.0</t>
   </si>
   <si>
     <t>1.5.0</t>
   </si>
   <si>
     <t>Production Go Live
 Expected date</t>
   </si>
   <si>
     <t>Production Go Live 
 Actual date</t>
   </si>
   <si>
     <t>Conformance Deployment
 Expected date
 (Member States Only)</t>
   </si>
@@ -350,53 +350,50 @@
   <si>
     <t>Update of the release date of CESOP v1.6.0 in production and introducing the CESOP v1.7.0 release.</t>
   </si>
   <si>
     <t>1.05</t>
   </si>
   <si>
     <t>1.06</t>
   </si>
   <si>
     <t>1.6.2</t>
   </si>
   <si>
     <t>4.02</t>
   </si>
   <si>
     <t>Introduction of the information related to CESOP intermediate release v1.6.2.</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>CIRCABC link VM 1.6.2</t>
   </si>
   <si>
-    <t>Q3 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Addition of the link of XSD User Guide v6.00.</t>
   </si>
   <si>
     <t>1.8.0</t>
   </si>
   <si>
     <r>
       <t>Note</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: this release is technical and has no direct impact on MSs / PSPs (thus no development is expected at MS / PSP side).</t>
     </r>
   </si>
   <si>
     <t>1.08</t>
   </si>
   <si>
@@ -415,50 +412,131 @@
     <t>1.6.2 HF1</t>
   </si>
   <si>
     <t>1.10</t>
   </si>
   <si>
     <t>Update of the expected CONF and PROD dates of CESOP v1.6.2 HF1 and addition of the link of VM 1.6.2 HF1.</t>
   </si>
   <si>
     <t>CIRCABC link VM 1.6.2 HF1</t>
   </si>
   <si>
     <t>1.11</t>
   </si>
   <si>
     <t>Update of the expected and actual CONF and PROD dates of CESOP v1.6.2 and v1.6.2 HF1.</t>
   </si>
   <si>
     <t>Version Submitted for Information</t>
   </si>
   <si>
     <t>4.61</t>
   </si>
   <si>
     <t>4.01</t>
+  </si>
+  <si>
+    <t>CIRCABC link VM 1.7.0</t>
+  </si>
+  <si>
+    <t>1.13</t>
+  </si>
+  <si>
+    <t>Update of link for the location of Validation Module 1.7.0 and User Manual for Validatio Module 5.0.0</t>
+  </si>
+  <si>
+    <t>1.14</t>
+  </si>
+  <si>
+    <t>1.7.1</t>
+  </si>
+  <si>
+    <t>Update of the actual CONF and PROD dates of CESOP v1.7.1 and expected dates for CESOP v1.8.0</t>
+  </si>
+  <si>
+    <t>CIRCABC link VM 1.7.1</t>
+  </si>
+  <si>
+    <t>1.15</t>
+  </si>
+  <si>
+    <t>Update of the actual CONF and PROD dates of CESOP v1.7.1 and update the link  for the location of Validation Module 1.7.1 and User Manual for Validatio Module 6.0.0</t>
+  </si>
+  <si>
+    <t>Update of the actual CONF and PROD dates of CESOP v1.8.0 and CESOP v1.8.1</t>
+  </si>
+  <si>
+    <t>1.16</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>1.8.1</t>
+  </si>
+  <si>
+    <t>29/04/2026</t>
+  </si>
+  <si>
+    <t>1.8.x</t>
+  </si>
+  <si>
+    <t>1.8.2</t>
+  </si>
+  <si>
+    <t>25/08/2026</t>
+  </si>
+  <si>
+    <t>1.8.3</t>
+  </si>
+  <si>
+    <t>1.9.0</t>
+  </si>
+  <si>
+    <t>30/9/2026</t>
+  </si>
+  <si>
+    <t>15/12/2026</t>
+  </si>
+  <si>
+    <t>18/12/2026</t>
+  </si>
+  <si>
+    <t>4.04</t>
+  </si>
+  <si>
+    <t>4.02 - 4.03 - 404</t>
+  </si>
+  <si>
+    <t>1.9.x</t>
+  </si>
+  <si>
+    <t>Update of the actual CONF and PROD dates of CESOP-v1.8.2, CESOP-v1.8.3,  and CESOP-v1.9.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -773,51 +851,51 @@
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
@@ -869,195 +947,214 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="2" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="3">
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Hiperpovezava" xfId="2" builtinId="8"/>
+    <cellStyle name="Navadno" xfId="0" builtinId="0"/>
+    <cellStyle name="Nevtralno" xfId="1" builtinId="28"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sistemov Office 2013–2022">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office 2013–2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office 2013–2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1119,51 +1216,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office 2013–2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1272,796 +1369,1033 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/7f7a1441-feaa-492d-8d39-927aa1b0ffdd/details" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/4fa6d5bc-8830-434f-9ffe-ff80a3d6734f/details" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/748dd07b-307b-4ec2-98b5-f684e1f91370/details" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/3f91c0bd-97c0-4acd-a9c2-3a1be27c6847/details" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/85597adf-6246-4e7f-a358-0fc4a1a4e5fc/details" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/ece3a9bb-af2a-4f68-8aa0-a83970c3df5c/details" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/70078f3b-0dc9-4463-8f28-3c5dee134539/details" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/634c730c-2115-422c-baf0-cd859a29690d/details" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/49319231-0099-498f-ace9-be16a2c48f0b/details" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/70078f3b-0dc9-4463-8f28-3c5dee134539/details" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/029bec61-e547-40b2-9184-1710fb5ec672/details" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/e2aba321-5bac-492f-acde-e7e6c2287568/details" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/49319231-0099-498f-ace9-be16a2c48f0b/details" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/cd4e75ed-b9b2-4533-a213-e5aa3018b630/details" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/2d87a3b1-c1ba-4222-8534-8a8a3c334120/details__;!!Kz4hg-9TIhMrN2chtpl6!mUrO_03sdrjnGwgnWoeSu0Zk3JuU6SU78HszvRgdXfOneL1MtWsDXL-AjdrmY_-ioD-CIfPByxK_N8HrY4uU6LhRRKavWljoACyIjhcMP8d5pqWR$" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/7f7a1441-feaa-492d-8d39-927aa1b0ffdd/details" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/4fa6d5bc-8830-434f-9ffe-ff80a3d6734f/details" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/76536c92-7d18-43a0-8178-8002ae4e08e9/details" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/748dd07b-307b-4ec2-98b5-f684e1f91370/details" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/3f91c0bd-97c0-4acd-a9c2-3a1be27c6847/details" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/85597adf-6246-4e7f-a358-0fc4a1a4e5fc/details" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/76536c92-7d18-43a0-8178-8002ae4e08e9/details" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/ece3a9bb-af2a-4f68-8aa0-a83970c3df5c/details" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/b79f0838-9fdf-46c1-9b1c-46b2a8e44b98/details" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/70078f3b-0dc9-4463-8f28-3c5dee134539/details" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/634c730c-2115-422c-baf0-cd859a29690d/details" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/49319231-0099-498f-ace9-be16a2c48f0b/details" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/70078f3b-0dc9-4463-8f28-3c5dee134539/details" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/029bec61-e547-40b2-9184-1710fb5ec672/details" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/e2aba321-5bac-492f-acde-e7e6c2287568/details" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/49319231-0099-498f-ace9-be16a2c48f0b/details" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/cd4e75ed-b9b2-4533-a213-e5aa3018b630/details" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/2d87a3b1-c1ba-4222-8534-8a8a3c334120/details__;!!Kz4hg-9TIhMrN2chtpl6!mUrO_03sdrjnGwgnWoeSu0Zk3JuU6SU78HszvRgdXfOneL1MtWsDXL-AjdrmY_-ioD-CIfPByxK_N8HrY4uU6LhRRKavWljoACyIjhcMP8d5pqWR$" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{875F604C-FF56-4AF4-85FE-00C113CD0017}">
-  <dimension ref="B4:D31"/>
+  <dimension ref="B4:D36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="B10" sqref="B1:B1048576"/>
+    <sheetView topLeftCell="A12" workbookViewId="0">
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="6" customWidth="1"/>
     <col min="2" max="2" width="14.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14" style="6" customWidth="1"/>
     <col min="4" max="4" width="55.5703125" style="6" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="6" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B4" s="35" t="s">
+      <c r="B4" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="35"/>
-      <c r="D4" s="35"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B5" s="35"/>
-[...1 lines deleted...]
-      <c r="D5" s="35"/>
+      <c r="B5" s="43"/>
+      <c r="C5" s="43"/>
+      <c r="D5" s="43"/>
     </row>
     <row r="6" spans="2:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="36" t="s">
+      <c r="B6" s="44" t="s">
         <v>27</v>
       </c>
-      <c r="C6" s="36"/>
-      <c r="D6" s="36"/>
+      <c r="C6" s="44"/>
+      <c r="D6" s="44"/>
     </row>
     <row r="7" spans="2:4" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="2:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="37" t="s">
+      <c r="B8" s="45" t="s">
         <v>55</v>
       </c>
-      <c r="C8" s="37"/>
-      <c r="D8" s="37"/>
+      <c r="C8" s="45"/>
+      <c r="D8" s="45"/>
     </row>
     <row r="9" spans="2:4" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="33">
-        <v>45798</v>
+        <v>46003</v>
       </c>
     </row>
     <row r="11" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="33" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B12" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="34" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B14" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="2:4" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B17" s="38" t="s">
+      <c r="B17" s="46" t="s">
         <v>23</v>
       </c>
-      <c r="C17" s="38"/>
-      <c r="D17" s="38"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B18" s="38"/>
-[...1 lines deleted...]
-      <c r="D18" s="38"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="2:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="B20" s="10" t="s">
-        <v>91</v>
+      <c r="B20" s="41">
+        <v>1.17</v>
       </c>
       <c r="C20" s="11">
-        <v>45798</v>
+        <v>46063</v>
       </c>
       <c r="D20" s="19" t="s">
-        <v>92</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="2:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="B21" s="10" t="s">
-        <v>88</v>
+      <c r="B21" s="41">
+        <v>1.1599999999999999</v>
       </c>
       <c r="C21" s="11">
-        <v>45789</v>
+        <v>46003</v>
       </c>
       <c r="D21" s="19" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
     </row>
     <row r="22" spans="2:4" ht="45" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="C22" s="11">
-        <v>45779</v>
+        <v>45950</v>
       </c>
       <c r="D22" s="19" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B23" s="10" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="C23" s="11">
-        <v>45758</v>
+        <v>45917</v>
       </c>
       <c r="D23" s="19" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:4" ht="45" x14ac:dyDescent="0.25">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B24" s="10" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="C24" s="11">
-        <v>45749</v>
+        <v>45847</v>
       </c>
       <c r="D24" s="19" t="s">
-        <v>83</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="2:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B25" s="10" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C25" s="11">
-        <v>45715</v>
+        <v>45798</v>
       </c>
       <c r="D25" s="19" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B26" s="10" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="C26" s="11">
-        <v>45611</v>
+        <v>45789</v>
       </c>
       <c r="D26" s="19" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="27" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" ht="45" x14ac:dyDescent="0.25">
       <c r="B27" s="10" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="C27" s="11">
-        <v>45604</v>
+        <v>45779</v>
       </c>
       <c r="D27" s="19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="28" spans="2:4" ht="45" x14ac:dyDescent="0.25">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" s="10" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="C28" s="11">
-        <v>45595</v>
+        <v>45758</v>
       </c>
       <c r="D28" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" ht="45" x14ac:dyDescent="0.25">
       <c r="B29" s="10" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="C29" s="11">
-        <v>45552</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>45749</v>
+      </c>
+      <c r="D29" s="19" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="30" spans="2:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B30" s="10" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="C30" s="11">
-        <v>45523</v>
+        <v>45715</v>
       </c>
       <c r="D30" s="19" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B31" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="11">
+        <v>45611</v>
+      </c>
+      <c r="D31" s="19" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B32" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C32" s="11">
+        <v>45604</v>
+      </c>
+      <c r="D32" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B33" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" s="11">
+        <v>45595</v>
+      </c>
+      <c r="D33" s="19" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C34" s="11">
+        <v>45552</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B35" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C35" s="11">
+        <v>45523</v>
+      </c>
+      <c r="D35" s="19" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B36" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="C31" s="11">
+      <c r="C36" s="11">
         <v>45492</v>
       </c>
-      <c r="D31" s="12" t="s">
+      <c r="D36" s="12" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B4:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B17:D18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9478F3E6-298C-4A58-81D4-247A26E67F94}">
-  <dimension ref="B1:G34"/>
+  <dimension ref="B1:H48"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B11" sqref="B1:C1048576"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25" style="6" customWidth="1"/>
     <col min="4" max="4" width="24.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.28515625" style="6" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" style="6" customWidth="1"/>
     <col min="7" max="7" width="25.85546875" style="6" customWidth="1"/>
     <col min="8" max="8" width="24.7109375" style="6" customWidth="1"/>
     <col min="9" max="9" width="24.28515625" style="6" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="39" t="s">
+      <c r="B2" s="55" t="s">
         <v>32</v>
       </c>
-      <c r="C2" s="40"/>
-[...2 lines deleted...]
-      <c r="F2" s="41"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="57"/>
     </row>
     <row r="3" spans="2:7" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="E4" s="42" t="s">
+      <c r="E4" s="50" t="s">
         <v>28</v>
       </c>
-      <c r="F4" s="43"/>
+      <c r="F4" s="52"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B5" s="26" t="s">
+      <c r="B5" s="35" t="s">
+        <v>118</v>
+      </c>
+      <c r="C5" s="28"/>
+      <c r="D5" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="E5" s="58" t="s">
+        <v>119</v>
+      </c>
+      <c r="F5" s="58"/>
+      <c r="G5" s="22"/>
+    </row>
+    <row r="6" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B6" s="42" t="s">
+        <v>118</v>
+      </c>
+      <c r="C6" s="28"/>
+      <c r="D6" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="E6" s="58" t="s">
+        <v>119</v>
+      </c>
+      <c r="F6" s="58"/>
+      <c r="G6" s="22"/>
+    </row>
+    <row r="7" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B7" s="40" t="s">
         <v>64</v>
       </c>
-      <c r="C5" s="28" t="s">
+      <c r="C7" s="28"/>
+      <c r="D7" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="E7" s="58" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" s="58"/>
+      <c r="G7" s="22"/>
+    </row>
+    <row r="8" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B8" s="26" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" s="28" t="s">
         <v>65</v>
       </c>
-      <c r="D5" s="27" t="s">
+      <c r="D8" s="27" t="s">
         <v>66</v>
       </c>
-      <c r="E5" s="44" t="s">
+      <c r="E8" s="58" t="s">
         <v>67</v>
       </c>
-      <c r="F5" s="44"/>
-      <c r="G5" s="22" t="s">
+      <c r="F8" s="58"/>
+      <c r="G8" s="22" t="s">
         <v>68</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="F8" s="45"/>
     </row>
     <row r="9" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B9" s="3" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="C9" s="17" t="s">
-        <v>94</v>
-[...7 lines deleted...]
-      <c r="F9" s="48"/>
+        <v>9</v>
+      </c>
+      <c r="D9" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" s="59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" s="59"/>
     </row>
     <row r="10" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B10" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C10" s="17" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      <c r="F10" s="50"/>
+        <v>10</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" s="59"/>
     </row>
     <row r="11" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B11" s="3" t="s">
-[...7 lines deleted...]
-      <c r="F11" s="52"/>
+      <c r="B11" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="59"/>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B12" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="60" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" s="61" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="62"/>
+    </row>
+    <row r="13" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B13" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="60"/>
+      <c r="E13" s="63"/>
+      <c r="F13" s="64"/>
+    </row>
+    <row r="14" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B14" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" s="60"/>
+      <c r="E14" s="65"/>
+      <c r="F14" s="66"/>
+    </row>
+    <row r="15" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B15" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="C12" s="17" t="s">
+      <c r="C15" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="D15" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="45" t="s">
+      <c r="E15" s="59" t="s">
         <v>8</v>
       </c>
-      <c r="F12" s="45"/>
-[...3 lines deleted...]
-      <c r="B14" s="39" t="s">
+      <c r="F15" s="59"/>
+    </row>
+    <row r="16" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="17" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="55" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="40"/>
-[...6 lines deleted...]
-      <c r="B16" s="1" t="s">
+      <c r="C17" s="56"/>
+      <c r="D17" s="56"/>
+      <c r="E17" s="56"/>
+      <c r="F17" s="57"/>
+    </row>
+    <row r="18" spans="2:7" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="19" spans="2:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="B19" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="D19" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="E19" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F16" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="17" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B17" s="23" t="s">
+    <row r="20" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="23" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" s="25"/>
+      <c r="E20" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="F20" s="24"/>
+      <c r="G20" s="30"/>
+    </row>
+    <row r="21" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B21" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="C21" s="24">
+        <v>46092</v>
+      </c>
+      <c r="D21" s="25"/>
+      <c r="E21" s="24">
+        <v>46306</v>
+      </c>
+      <c r="F21" s="24"/>
+      <c r="G21" s="30"/>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B22" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" s="25"/>
+      <c r="E22" s="24" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" s="24"/>
+      <c r="G22" s="30"/>
+    </row>
+    <row r="23" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B23" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" s="25"/>
+      <c r="E23" s="24">
+        <v>46178</v>
+      </c>
+      <c r="F23" s="24"/>
+      <c r="G23" s="30"/>
+    </row>
+    <row r="24" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B24" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C24" s="24"/>
+      <c r="D24" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24" t="s">
+        <v>107</v>
+      </c>
+      <c r="G24" s="30" t="s">
         <v>80</v>
       </c>
-      <c r="C17" s="24" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="25" t="s">
+    </row>
+    <row r="25" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B25" s="23" t="s">
+        <v>99</v>
+      </c>
+      <c r="C25" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="E17" s="24" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="24" t="s">
+      <c r="D25" s="25">
+        <v>45979</v>
+      </c>
+      <c r="E25" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="G17" s="30" t="s">
-[...4 lines deleted...]
-      <c r="B18" s="23" t="s">
+      <c r="F25" s="24">
+        <v>45951</v>
+      </c>
+      <c r="G25" s="30"/>
+    </row>
+    <row r="26" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B26" s="23" t="s">
         <v>69</v>
       </c>
-      <c r="C18" s="24" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="25" t="s">
+      <c r="C26" s="24"/>
+      <c r="D26" s="25">
+        <v>45855</v>
+      </c>
+      <c r="E26" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="E18" s="24" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="24" t="s">
+      <c r="F26" s="24">
+        <v>45897</v>
+      </c>
+    </row>
+    <row r="27" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B27" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C27" s="29" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C19" s="29" t="s">
+      <c r="D27" s="32">
+        <v>45790</v>
+      </c>
+      <c r="E27" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="D19" s="32">
-[...5 lines deleted...]
-      <c r="F19" s="29">
+      <c r="F27" s="29">
         <v>45794</v>
       </c>
-    </row>
-[...86 lines deleted...]
-      <c r="F27" s="57"/>
     </row>
     <row r="28" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B28" s="20" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-      <c r="F28" s="59"/>
+        <v>73</v>
+      </c>
+      <c r="C28" s="31" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28" s="25">
+        <v>45758</v>
+      </c>
+      <c r="E28" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" s="29">
+        <v>45794</v>
+      </c>
     </row>
     <row r="29" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B29" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="C29" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" s="25">
+        <v>45594</v>
+      </c>
+      <c r="E29" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" s="25">
+        <v>45602</v>
+      </c>
+    </row>
+    <row r="30" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B30" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C30" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D30" s="5">
+        <v>45454</v>
+      </c>
+      <c r="E30" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" s="5">
+        <v>45461</v>
+      </c>
+    </row>
+    <row r="31" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="55" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" s="56"/>
+      <c r="D32" s="56"/>
+      <c r="E32" s="56"/>
+      <c r="F32" s="57"/>
+    </row>
+    <row r="33" spans="2:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" spans="2:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="B34" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D34" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="E34" s="51"/>
+      <c r="F34" s="52"/>
+      <c r="H34" s="36"/>
+    </row>
+    <row r="35" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B35" s="23" t="s">
+        <v>114</v>
+      </c>
+      <c r="C35" s="21"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="48"/>
+      <c r="F35" s="49"/>
+    </row>
+    <row r="36" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B36" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="C36" s="21"/>
+      <c r="D36" s="37"/>
+      <c r="E36" s="38"/>
+      <c r="F36" s="39"/>
+    </row>
+    <row r="37" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B37" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="C37" s="21"/>
+      <c r="D37" s="37"/>
+      <c r="E37" s="38"/>
+      <c r="F37" s="39"/>
+    </row>
+    <row r="38" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B38" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="C38" s="21"/>
+      <c r="D38" s="37"/>
+      <c r="E38" s="38"/>
+      <c r="F38" s="39"/>
+    </row>
+    <row r="39" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B39" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C39" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="D39" s="47" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="48"/>
+      <c r="F39" s="49"/>
+    </row>
+    <row r="40" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B40" s="23" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="D40" s="47" t="s">
+        <v>101</v>
+      </c>
+      <c r="E40" s="48"/>
+      <c r="F40" s="49"/>
+    </row>
+    <row r="41" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B41" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C41" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="D41" s="47" t="s">
+        <v>95</v>
+      </c>
+      <c r="E41" s="48"/>
+      <c r="F41" s="49"/>
+    </row>
+    <row r="42" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B42" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C42" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="D42" s="47" t="s">
+        <v>89</v>
+      </c>
+      <c r="E42" s="53"/>
+      <c r="F42" s="54"/>
+    </row>
+    <row r="43" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B43" s="20" t="s">
         <v>73</v>
       </c>
-      <c r="C29" s="21" t="s">
+      <c r="C43" s="21" t="s">
         <v>74</v>
       </c>
-      <c r="D29" s="53" t="s">
+      <c r="D43" s="47" t="s">
         <v>77</v>
       </c>
-      <c r="E29" s="58"/>
-[...3 lines deleted...]
-      <c r="B30" s="20" t="s">
+      <c r="E43" s="53"/>
+      <c r="F43" s="54"/>
+    </row>
+    <row r="44" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B44" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="C30" s="21" t="s">
+      <c r="C44" s="21" t="s">
         <v>8</v>
       </c>
-      <c r="D30" s="53" t="s">
+      <c r="D44" s="47" t="s">
         <v>60</v>
       </c>
-      <c r="E30" s="58"/>
-[...3 lines deleted...]
-      <c r="B31" s="4" t="s">
+      <c r="E44" s="53"/>
+      <c r="F44" s="54"/>
+    </row>
+    <row r="45" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B45" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C31" s="13" t="s">
+      <c r="C45" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="D31" s="53" t="s">
+      <c r="D45" s="47" t="s">
         <v>48</v>
       </c>
-      <c r="E31" s="58"/>
-[...3 lines deleted...]
-      <c r="B32" s="4" t="s">
+      <c r="E45" s="53"/>
+      <c r="F45" s="54"/>
+    </row>
+    <row r="46" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B46" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="C32" s="13" t="s">
+      <c r="C46" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="D32" s="53" t="s">
+      <c r="D46" s="47" t="s">
         <v>49</v>
       </c>
-      <c r="E32" s="58"/>
-[...3 lines deleted...]
-      <c r="B33" s="4" t="s">
+      <c r="E46" s="53"/>
+      <c r="F46" s="54"/>
+    </row>
+    <row r="47" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B47" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="C33" s="13" t="s">
+      <c r="C47" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="D33" s="53" t="s">
+      <c r="D47" s="47" t="s">
         <v>47</v>
       </c>
-      <c r="E33" s="58"/>
-[...3 lines deleted...]
-      <c r="B34" s="4" t="s">
+      <c r="E47" s="53"/>
+      <c r="F47" s="54"/>
+    </row>
+    <row r="48" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B48" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="C34" s="13" t="s">
+      <c r="C48" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="D34" s="53" t="s">
+      <c r="D48" s="47" t="s">
         <v>46</v>
       </c>
-      <c r="E34" s="54"/>
-      <c r="F34" s="55"/>
+      <c r="E48" s="48"/>
+      <c r="F48" s="49"/>
     </row>
   </sheetData>
-  <mergeCells count="20">
-[...8 lines deleted...]
-    <mergeCell ref="D28:F28"/>
+  <mergeCells count="26">
     <mergeCell ref="B2:F2"/>
-    <mergeCell ref="B14:F14"/>
-    <mergeCell ref="B24:F24"/>
+    <mergeCell ref="B17:F17"/>
+    <mergeCell ref="B32:F32"/>
     <mergeCell ref="E4:F4"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="D12:D14"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="E12:F14"/>
+    <mergeCell ref="E9:F9"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="E7:F7"/>
-    <mergeCell ref="E12:F12"/>
-[...2 lines deleted...]
-    <mergeCell ref="E9:F11"/>
     <mergeCell ref="E6:F6"/>
+    <mergeCell ref="D48:F48"/>
+    <mergeCell ref="D34:F34"/>
+    <mergeCell ref="D40:F40"/>
+    <mergeCell ref="D45:F45"/>
+    <mergeCell ref="D46:F46"/>
+    <mergeCell ref="D47:F47"/>
+    <mergeCell ref="D44:F44"/>
+    <mergeCell ref="D43:F43"/>
+    <mergeCell ref="D42:F42"/>
+    <mergeCell ref="D41:F41"/>
+    <mergeCell ref="D39:F39"/>
+    <mergeCell ref="D35:F35"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D34" r:id="rId1" display="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/70078f3b-0dc9-4463-8f28-3c5dee134539/details" xr:uid="{1543303C-70F9-462D-9FC4-F360AE7A2D42}"/>
-[...13 lines deleted...]
-    <hyperlink ref="D28:F28" r:id="rId15" display="CIRCABC link VM 1.6.2 HF1" xr:uid="{A4DEF05E-3C2A-4118-8ED2-413A197B26FD}"/>
+    <hyperlink ref="D48" r:id="rId1" display="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/70078f3b-0dc9-4463-8f28-3c5dee134539/details" xr:uid="{1543303C-70F9-462D-9FC4-F360AE7A2D42}"/>
+    <hyperlink ref="D47" r:id="rId2" display="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/ece3a9bb-af2a-4f68-8aa0-a83970c3df5c/details" xr:uid="{DE301735-BDD1-493E-9425-64E0834C0055}"/>
+    <hyperlink ref="D46" r:id="rId3" display="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/748dd07b-307b-4ec2-98b5-f684e1f91370/details" xr:uid="{2098D9D2-C128-4F2E-A61C-3A7B7D2E2C77}"/>
+    <hyperlink ref="D45" r:id="rId4" display="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/49319231-0099-498f-ace9-be16a2c48f0b/details" xr:uid="{FAE43D68-01A3-46EA-A425-61D4B527861F}"/>
+    <hyperlink ref="D48:F48" r:id="rId5" display="CIRCABC link VM 1.3.0" xr:uid="{DBFDDD47-53DD-47FC-BA8A-12ED0E477EEC}"/>
+    <hyperlink ref="C15" r:id="rId6" xr:uid="{2280D8AE-BC91-43A6-BC6A-F8688BB51107}"/>
+    <hyperlink ref="C13" r:id="rId7" xr:uid="{2CA90400-8FE9-41EF-8BF4-B1CA4652284F}"/>
+    <hyperlink ref="C11:C12" r:id="rId8" display="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/7f7a1441-feaa-492d-8d39-927aa1b0ffdd/details" xr:uid="{E9F2EBF8-83CA-427A-950B-291668066092}"/>
+    <hyperlink ref="C10" r:id="rId9" xr:uid="{26AE361D-0562-4428-AC95-9FABDFCE0AF0}"/>
+    <hyperlink ref="C9" r:id="rId10" xr:uid="{DE777ADA-D0BC-4347-853F-637E0216ADCC}"/>
+    <hyperlink ref="D44" r:id="rId11" display="https://circabc.europa.eu/ui/group/b79af4a6-a4e4-4e26-8cd9-02f9577a6f93/library/49319231-0099-498f-ace9-be16a2c48f0b/details" xr:uid="{947D983A-380C-401C-93FD-2B29B6911C21}"/>
+    <hyperlink ref="D44:F44" r:id="rId12" display="CIRCABC link VM 1.6.0" xr:uid="{C7D7B832-239B-4C6B-B5F4-B9066EE57659}"/>
+    <hyperlink ref="C8" r:id="rId13" xr:uid="{0E71EB96-7FD3-46ED-8409-5F90A12CC91B}"/>
+    <hyperlink ref="D43:F43" r:id="rId14" display="CIRCABC link VM 1.6.2 - to be provided in beg. Of April 2025" xr:uid="{310E0C3E-424B-413C-84AF-4FEAA33B26B6}"/>
+    <hyperlink ref="D42:F42" r:id="rId15" display="CIRCABC link VM 1.6.2 HF1" xr:uid="{A4DEF05E-3C2A-4118-8ED2-413A197B26FD}"/>
+    <hyperlink ref="D41:F41" r:id="rId16" display="CIRCABC link VM 1.7.0" xr:uid="{3F820354-5AB4-4C21-9DE2-25A5CDE45907}"/>
+    <hyperlink ref="D40:F40" r:id="rId17" display="CIRCABC link VM 1.7.1" xr:uid="{958712A9-5520-456C-A1F6-64D534716591}"/>
+    <hyperlink ref="D39:F39" r:id="rId18" display="CIRCABC link VM 1.7.1" xr:uid="{016B3526-AB59-4762-A9D6-4266EC4E4F64}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId16"/>
+  <pageSetup orientation="portrait" r:id="rId19"/>
   <ignoredErrors>
-    <ignoredError sqref="B12 C5:C7 C10:C12 E12 C28:C34" numberStoredAsText="1"/>
+    <ignoredError sqref="B15 C8:C10 C13:C15 E15 C42:C48" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Cover</vt:lpstr>
       <vt:lpstr>Releases, versions &amp; dates</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>VERDOODT Ann Rosa (TAXUD-EXT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>